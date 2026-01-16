--- v0 (2025-11-28)
+++ v1 (2026-01-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="548">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1296" uniqueCount="593">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -763,50 +763,91 @@
     <t>Indicação nº 56/2025 Construção de uma lombada na Linha Barra Azul.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_57.2025_-_tamara_scorteganha_-_construcao_de_uma_pracinha.pdf</t>
   </si>
   <si>
     <t>Indicação nº 57/2025 Construção de uma pracinha na Área Indígena</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_58.2025_-_tamara_scorteganha_-_bebedouro_publico_.pdf</t>
   </si>
   <si>
     <t>Indicação nº 58/2025 Indicando a instalação de um bebedouro no Campo Municpal.</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_59.2025_-_edelar_dallacort_-__poco_aquifero_guarani.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 59/2025 que o Executivo Municipal requeira junto a Corsan a perfuração de um poço artesiano visando captar água do Sistema Aquífero Guarani</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1199/indicacao_60.2025_-_edelar_dallacort_-__destinacao_dos_recursos.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 60/2025 INDICANDO ao Poder Executivo Municipal que recursos orçamentários previstos e não executados pelo Poder Legislativo no Exercício de 2025, sejam destinados da seguinte forma: _x000D_
+R$ - 10.000,00 para a ONG LSS (Liberato Salzano Solidário) _x000D_
+R$ - 10.000,00  para a APAE (Associação dos Pais e Amigos dos Excepcionais) _x000D_
+R$ - 10.000,00 para o Coral Infantil São Sebastião _x000D_
+R$ - 10.000,00 para a ASPA (Associação Salzanense de Proteção dos Animais) _x000D_
+O restante dos recursos, aproximadamente R$ - 80.000,00 que sejam destinados à Secretaria Municipal de Educação e Cultura para serem investidos na reforma do Plenário do Centro Cultural.</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1200/indicacao_61.2025_-_daniel_zagotto_-_retroescavadeira_patrulha_agricola.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 61/2025 INDICANDO que o Poder Executivo Municipal destine uma retroescavadeira para a patrulha agrícola do município.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1114/mocao_no_01.2025_repudio_a_falta_de_atendimento_diario_na_agencia_do_correios.pdf</t>
   </si>
   <si>
     <t>Mocão 01/2025 EM REPÚDIO A EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS (Correios), PELA FALTA DE ATENDIMENTO DIÁRIO NA AGÊNCIA LOCAL.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1128/mocao_no_02.2025_mocao_de_aplausos_em_reconhecimento_a_igreja_assembeia_de_deus.pdf</t>
   </si>
   <si>
     <t>Moção 02/2025 EM RECONHECIMENTO AOS TRABALHOS REALIZADOS PELA IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS NO MUNICÍPIO DE LIBERATO SALZANO - RS.</t>
   </si>
@@ -1432,79 +1473,70 @@
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1162/projeto_de_lei_057-2025_-_altera_lei_artigo_11_lei_2048_-_magisterio.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 57, de 17 de setembro 2025_x000D_
 ALTERA O ARTIGO 11 DA LEI MUNICIPAL N° 2.048/2003, QUE DISPÕE SOBRE O PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO DE LIBERATO SALZANO.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1163/projeto_de_lei_058-2025_-_subvencao_consepro-patram.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 58, de 17 de setembro 2025_x000D_
 AUTORIZA O MUNICÍPIO DE LIBERATO SALZANO A CONCEDER SUBVENÇÃO SOCIAL AO CONSEPRO DE CARAZINHО PARA AUXILIAR NA REESTRUTURAÇÃO DO GRUPO DE POLÍCIA MILITAR AMBIENTAL - PATRAM.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_059-2025_-_concessao_de_uso_-_salas_predio_da_agricultura.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 59, de 17 de setembro 2025_x000D_
 AUTORIZA O MUNICÍPIO DE LIBERATO SALZANO A REALIZAR CONCESSÃO DE USO ONEROSA DE TRÊS SALAS LOCALIZADAS EM PRÉDIO DE PROPRIEDADE DO MUNICÍPIO MEDIANTE PROCEDIMENTO LICITATÓRIO DE CONCORRÊNCIA PÚBLICA.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_060-2025_-_programa_de_prevencao_ao_greening.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 60, de 24 de setembro 2025_x000D_
 INSTITUI O PROGRAMA MUNICIPAL DE PREVENÇÃO AO GREENING (HUANGLONGBING - HLB) – PMPG NO MUNICÍPIO DE LIBERATO SALZANO.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>61</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1169/projeto_de_lei_061-2025_-_doacao_de_imoveis_ao_far.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 61, de 06 de outubro 2025_x000D_
 AUTORIZA O MUNICÍPIO DE LIBERATO SALZANO A DOAR IMÓVEIS DE SUA PROPRIEDADE AO FUNDO DE ARRRENDAMENTO RESIDENCIAL (FAR) REPRESENTADO PELA CAIXA ECONOMICA FEDERAL.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_062-2025_-_altera_valor_salario_lei_visitador_do_pim_emprego_publico.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 62, de 07 de outubro 2025_x000D_
 ALTERA O PARÁGRAFO 4º DO ARTIGO 1º DA LEI MUNICIPAL Nº 3.579, DE 26 DE NOVEMBRO DE 2018 QUE CRIA O EMPREGO PÚBLICO DE VISITADOR DO PIM PELO REGIME JURÍDICO CELETISTA.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>63</t>
   </si>
@@ -1570,50 +1602,167 @@
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1183/projeto_de_lei_068-2025_-_auxilio_cerro_grande_despesas_estudo_ambiental_ponte.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 68, de 14 de novembro 2025_x000D_
 AUTORIZA O MUNICÍPIO DE LIBERATO SALZANO A REPASSAR AUXÍLIO FINANCEIRO AO MUNICÍPIO DE CERRO GRANDE PARA CUSTEAR DESPESAS COM ESTUDO E LICENCIAMENTO AMBIENTAL PARA A CONSTRUÇÃO DE PONTE ENTRE OS DOIS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1184/projeto_de_lei_069-2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 69, de 25 de novembro 2025_x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE LIBERATO SALZANO PARA O EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1189/projeto_de_lei_070-2025_-_permuta_terrenos_loteamento_miotto.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 70, de 03 de dezembro 2025_x000D_
+AUTORIZA O MUNICÍPIO A REALIZAR PERMUTA DE BENS PÚBLICOS DOS LOTES DO LOTEAMENTO MIOTTO PARA O NOVO COMPLEXO HABITACIONAL.</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_de_lei_071-2025_-_fundo_municipal_da_pessoa_com_deficiencia.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 71, de 03 de dezembro 2025_x000D_
+CRIA O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA DE LIBERATO SALZANO E ALTERA A LEI MUNICIPAL Nº 3.357, DE 27 DE JUNHO DE 2014.</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_072-2025_-_altera_valor_de_diarias_de_viagem.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 72, de 09 de dezembro 2025_x000D_
+ALTERA O VALOR DE DIÁRIAS DE VIAGENS FIXADAS PELA LEI MUNICIPAL Nº 2.269, DE 02 DE MAIO DE 2005.</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1193/projeto_de_lei_073-2025_-_altera_vencimentos_conselheiros_tutelares.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 73, de 09 de dezembro 2025_x000D_
+ALTERA O VALOR DO SUBSÍDIO DOS CONSELHEIROS TUTELARES E ALTERA A REDAÇÃO DO ARTIGO 48 DA LEI MUNICIPAL 2.147/2004.</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_074-2025_-_altera_vencimentos_empregados_do_paif.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 74, de 09 de dezembro 2025_x000D_
+ALTERA O VALOR DOS VENCIMENTOS DOS EMPREGADOS PÚBLICOS QUE ATUAM JUNTO AO PROGRAMA DE ATENÇÃO INTEGRAL A FAMÍLIA - PAIF.</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1195/projeto_de_lei_075-2025_-_contratacoes_emergenciais_analista_de_licitacoes_e_farmaceutico.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 75, de 12 de dezembro 2025_x000D_
+AUTORIZA O MUNICÍPIO A EFETUAR CONTRATAÇÕES TEMPORÁRIAS POR EXCEPCIONAL INTERESSE PÚBLICO, ATRAVÉS DE PROCESSO SELETIVO SIMPLIFICADO, PARA SUPRIR DEMANDA TEMPORÁRIA DO PODER EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1196/projeto_de_lei_076-2025_-_altera_lei_cemiterio.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 76, de 16 de dezembro 2025_x000D_
+ALTERA A REDAÇÃO DO PARÁGRAFO 1º, DO ARTIGO 40 DA LEI MUNICIPAL Nº 3.461, DE 24 DE MARÇO DE 2016 QUE DISPÕE SOBRE O FUNCIONAMENTO, A UTILIZAÇÃO, A ADMINISTRAÇÃO E A FISCALIZAÇÃO DO CEMITÉRIO PÚBLICO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1197/projeto_de_lei_077-2025_-_incentivo_profissionais_da_saude.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 77, de 16 de dezembro 2025_x000D_
+AUTORIZA E REGULAMENTA O PAGAMENTO DE INCENTIVO ADICIONAL DO COMPONENTE DE QUALIDADE, EM PARCELA ÚNICA, CONSIDERANDO A MÉDIA DO ALCANCE DOS RESULTADOS DO ANO, QUE DEVERÁ SER DESTINADO AOS INTEGRANTES DAS EQUIPES, NOS EXATOS TERMOS DO § 3º, DO ARTIGO 12-D, DA PORTARIA GM/MS N.º 3.493, DE 10 DE ABRIL DE 2024, QUE DISPÕE SOBRE O NOVO MODELO DE COFINANCIAMENTO FEDERAL DA ATENÇÃO PRIMÁRIA À SAÚDE.</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1198/projeto_de_lei_078-2025_-_programa_gestar_com_cuidado.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 78, de 16 de dezembro 2025_x000D_
+INSTITUI O PROGRAMA MUNICIPAL GESTAR COM CUIDADO NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE DE LIBERATO SALZANO.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>RQINF</t>
   </si>
   <si>
     <t>Requerimento de Informação</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_01-2025_tamara_scorteganha.pdf</t>
   </si>
   <si>
     <t>Requerimento de Informação nº 01/2025 REQUER INFORMAÇÕES SOBRE O CONSÓRCIO CIMAU, PAGAMENTOS EFETUADOS NOS MESES DE JANEIRO E FEVEREIRO, RELAÇÃO DOS PACIENTES ATENDIDOS E VALORES PAGOS ÀS EMPRESAS QUE PRESTARAM SERVIÇOS.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_02-2025_lorivan_documentacao_dos_onibus.pdf</t>
   </si>
   <si>
     <t>Requerimento de Informação nº 02/2025 Requerendo informações sobre o transporte escolar terceirizado no município.</t>
   </si>
@@ -2055,56 +2204,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_01.2025_-_lorivan_cazarotto_-_remodelacao_avenida_do_comercio..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_02.2025_-_lorivan_cazarotto_-_incentivos_aos_produtores_de_leite..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_03.2025_-_lorivan_cazarotto_-_25_de_aumento_para_servidores..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_04.2025_-_daniel_zagotto_-_pontilhao_linha_mindu..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_05.2025_-_daniel_zagotto_-_programa_recuperacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_06.2025_-_daniel_zagotto_-_incentivo_a_citricultura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_07.2025_-_tamara_bancadas_pp_e_pt_-_estudo_viabilidade_acesso_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_08.2025_-_tamara_-_repasse_de_recursos_para_a_aspa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_09.2025_-_ideno_-_reconstrucao_de_bueiro_e_melhorias_em_estrada_na_linha_bom_retiro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_10.2025_-_ideno_-_decreto_de_estado_de_emergencia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_11.2025_-_daniel_zagotto_-_perfuracao_de_um_poco_barra_seca..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_12.2025_-_lorivan_cazarotto_-_lixeiras_no_perimetro_urbano_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_13.2025_-_lorivan_cazarotto_-_capela_mortuaria_no_distrito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_14.2025_-_milton_biasus_-_servicos_de_maquinas_gratuito_aos_agricultores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_15.2025_-_ideno_-_carga_horaria_servidor_responsavel_por_deficiente.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1065/indicacao_16.2025_-_daniel_zagotto_-_incentivo_produtores_de_leite.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_17.2025_-_milton_biasus_-_remodelacao_da_avenida.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_18.2025_-_milton_biasus_-_pracinha_no_bairro_florida.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1071/indicacao_19.2025_-_edelar_dallacort_-_calcamento_tres_municipios.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_20.2025_-_edelar_dallacort_-_calcamento_pinhalzinho_de_cima.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1073/indicacao_21.2025_-_ideno_sperandio_-_emprestimo_do_caminhao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1074/indicacao_22.2025_-_terezinha_fochezatto_-_calcamento_ate_a_torre_e_na_comunidade_da_linha_dinoca.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1075/indicacao_23.2025_-_valdecir_mangon_-_abertura_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1076/indicacao_24.2025_-_valdecir_mangon_-_ponte_acesso_linha_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_25.2025_-_valdecir_mangoni-_ponte_linha_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_26.2025_-_terezinha_fochezatto_-_campo_de_futebol_linha_dinoca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_27.2025_-_ideno_sperandio_-_geracao_de_emprego.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_28.2025_-_milton_biasus_-_aquisicao_de_caminhao_tanque_para_dar_destino_aos_dejetos_de_suinos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_29.2025_-_edelar_dallacort_-_barragem_de_contencao_do_rio_marcolino.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_30.2025_-_terezinha_fochezatto_-_cobertura_de_grama_do_parquinho_da_escola_tome_de_souza.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_31.2025_-_tamara_scorteganha_-_placas_indicativas_das_comunidades.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_32.2025_-_ideno_sperandio_-_incentivos_fiscais_aviarios.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_33.2025_-_milton_biasus_-_aquisicao_de_maquina_motorizada_para_limpeza_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_34.2025_-_ideno_sperandio_-_reforma_ponte_rio_do_mel.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_35.2025_-_lorivan_cazarotto_-_meio-fio_e_calcamento_distrito_pinhalzinho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_36.2025_-_daniel_zagotto_-_bueiro_distrito_de_pinhalzinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_37.2025_-_daniel_zagotto_-_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_38.2025_-_lorivan_cazarotto_-_resonstrucao_da_ponte_provisoria_linha_tres_municipios.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_39.2025_-_ideno_sperandio_-calcamento_em_rua_proximo_ao_salao_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_40.2025_-_ideno_sperandio_-_redutor_de_velocidades_na_rua_duque_de_caxias_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_41_.2025_-_daniel_zagotto_-_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_42.2025_-_edelar_dallacort_-_desassoreamento_rio_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_43.2025_-_edelar_dallacort_-__projeto_salao_social_igreja_evangelica.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_44.2025_-_tamara_scorteganha_-_calcamento_habitar_brasil.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_45.2025_-_lorivan_cazarotto_-_regularizacao_dos_terrenos_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_46.2025_-_lorivan_cazarotto_-_ampliacao_do_perimetro_urbano_do__distrito.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_47.2025_-_lorivan_cazarotto_-_lombadas_elevadas_distriro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_48_.2025_-_daniel_zagotto_-_reforma_ginasio_ricieri_de_carli.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1167/indicacao_49_.2025_-_daniel_zagotto_-_melhorias_acesso_cemiterio_linha_vitoria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_50.2025_-_milton_biasus_-_calcamento_rua_zeferino_casagrande.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1171/indicacao_51.2025_-_milton_biasus_-_rua_ermogenes_basegio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1175/indicacao_52.2025_-_valdecir_mangoni-_ponte_linha_peixe_baixo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1176/indicacao_53.2025_-_milton_biasus_-_pavimentacao_asfaltica_bairro_florida.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1177/indicacao_54.2025_-_daniel_zagotto_-_50_custo_silagem_contratada.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1179/indicacao_55.2025_-_ideno_sperandio_-_redutor_de_velocidades_na_rua_santo_antonio_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_56.2025_-_lorivan_cazarotto_-_lombada_na_linha_barra_azul.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_57.2025_-_tamara_scorteganha_-_construcao_de_uma_pracinha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_58.2025_-_tamara_scorteganha_-_bebedouro_publico_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1114/mocao_no_01.2025_repudio_a_falta_de_atendimento_diario_na_agencia_do_correios.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1128/mocao_no_02.2025_mocao_de_aplausos_em_reconhecimento_a_igreja_assembeia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1064/projeto_de_decreto_legislativo_n_o_01-25_-_marcio_anzilieiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_decreto_legislativo_no_02.2025_aprovando_contas_exercicio_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_lei_legislativo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1093/projeto_de_lei_02-2025_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_legislativo_no_03-2025_alteracao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_legislativo_no_04-2025_cria_e_extingue_cargo_cc.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_001-2025_-_piso_salarial_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_lei_002-2025_-_autoriza_a_custear_despesas_com_a_contratacao_pelo_cimau_para_realizacao_de_evtea_para_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_lei_003-2025_-_contratacoes_emergenciais_naab_e_nasf.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_lei_004-2025_-_contratacoes_emergenciais_-_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_lei_005-2025_-_contratacoes_emergenciais_-_saude_2.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1042/projeto_de_lei_006-2025_-_contratacoes_emergenciais_-_obras_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1043/projeto_de_lei_007-2025_-_contratacoes_emergenciais_-_agricultura_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei_008-2025_-_contratacoes_emergenciais_-_adminnistracao_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_lei_009-2025_-_contratacoes_emergenciais_-_fazenda_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_010-2025_-_contratacoes_emergenciais_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_011-2025_-_convenio_hospital_sao_jose_-_rodeio_bonito.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_012-2025_-_permuta_de_servidores_com_novo_xingu.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_013-2025_-_consorcio_comunors.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1062/projeto_de_lei_014-2025_-_permuta_de_servidores_com_constantina.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1063/projeto_de_lei_015-2025_-_altera_classe_c_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1067/projeto_de_lei_016-2025_-_contratacoes_emergenciais_-_educacao_atualizado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_017-2025_-_contratacoes_emergenciais_-_educacao_professores.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_lei_018-2025_-_altera_artigo_2o_lei_3700-2021_-_repasse_ahclisa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_lei_019-2025_-_reposicao_salarial_e_aumento_real_quadro_geral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_lei_020-2025_-_reposicao_salarial_e_aumento_real_magisterio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_021-2025_-_concessao_de_uso_-_galpao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_022-2025_-_altera_lei_2130-2003.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1090/projeto_de_lei_023-2025_-_contratacoes_emergenciais_-_saude.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_de_lei_024-2025_-_contratacoes_emergenciais_-_obras.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1092/projeto_de_lei_025-2025_-_contratacoes_emergenciais_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1102/projeto_de_lei_026-2025_-_altera_lei_2773-2009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_lei_027-2025_-_incentivo_a_bovinocultura_de_leite.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_028-2025_-_sistema_municipal_de_cultura_conselho_e_fundo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_029-2025_-_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1109/projeto_de_lei_030-2025_-_concessao_de_uso_alefin_junior_fochezatto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1110/projeto_de_lei_031-2025_-_leilao_veiculos_e_outros_bens_diversos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1111/projeto_de_lei_032-2025_-_repasse_condesc-brigada_militar_-_aquisicao_de_cameras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1112/projeto_de_lei_033-2025_-_campanha_sua_nota_vale_premios.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_lei_034-2025_-_contratacoes_emergenciais_-_acs_saude.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_035-2025_-_ppa_2026-2029_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1123/projeto_de_lei_036-2025_-_contratacoes_emergenciais_-_professores.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_lei_037-2025_-_contratacoes_emergenciais_-_obras.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_lei_038-2025_-_contratacoes_emergenciais_-_vigias_educacao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1126/projeto_de_lei_039-2025_-_contratacoes_emergenciais_-_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1127/projeto_de_lei_040-2025_-_contratacoes_emergenciais_-_obras_-_pedreiro_e_operario.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1133/projeto_de_lei_041-2025_-_ldo_2026_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1137/projeto_de_lei_042-2025_-_contratacoes_emergenciais_-_professores_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1138/projeto_de_lei_043-2025_-_contratacoes_emergenciais_-_obras_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1142/projeto_de_lei_044-2025_-_aumento_de_pradrao_de_servidores_efetivos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1143/projeto_de_lei_045-2025_-_aumento_repasse_hospital_santo_antonio_tenente_portela.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1144/projeto_de_lei_046-2025_-_altera_lei_cimau.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1145/projeto_de_lei_047-2025_-_concessao_de_uso_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1146/projeto_de_lei_048-2025_-_contratacoes_emergenciais_-_professor_geografia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1147/projeto_de_lei_049-2025_-_contratacoes_emergenciais_-_professor_geografia.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1148/projeto_de_lei_050-2025_-_transporte_de_mercadorias.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1149/projeto_de_lei_051-2025_-_altera_lei_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_de_lei_052-2025_-_aumento_de_pradrao_de_servidores_efetivos_apos_reuniao_com_sindicato.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_053-2025_-_contratacoes_emergenciais_-_professor_historia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1157/projeto_de_lei_054-2025_-_programa_de_sucessao_rural.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1158/projeto_de_lei_055-2025_-_altera_lei_visitador_do_pim.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1159/projeto_de_lei_056-2025_-_cria_cargo_em_comissao_de_subsecretario_da_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1162/projeto_de_lei_057-2025_-_altera_lei_artigo_11_lei_2048_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1163/projeto_de_lei_058-2025_-_subvencao_consepro-patram.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_059-2025_-_concessao_de_uso_-_salas_predio_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_060-2025_-_programa_de_prevencao_ao_greening.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1169/projeto_de_lei_061-2025_-_doacao_de_imoveis_ao_far.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_062-2025_-_altera_valor_salario_lei_visitador_do_pim_emprego_publico.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_lei_064-2025_-_fundo_de_protecao_e_bem-estar_animal.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1180/projeto_de_lei_065-2025_-_perimetro_urbano_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1181/projeto_de_lei_066-2025_-_altera_pradrao_de_vencimentos_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1182/projeto_de_lei_067-2025_-_contratacoes_emergenciais.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1183/projeto_de_lei_068-2025_-_auxilio_cerro_grande_despesas_estudo_ambiental_ponte.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1184/projeto_de_lei_069-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_01-2025_tamara_scorteganha.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_02-2025_lorivan_documentacao_dos_onibus.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1099/requerimento_03-2025_lorivan_gasto_com_bombas_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1100/requerimento_04-2025_lorivan_horimetro_maquinas_terceirizadas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1104/requerimento_05-2025_daniel_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_06-2025_tamara_consorcio_cimau.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1129/requerimento_07-2025_lorivan_relatorio_de_despesas_com_consertos_de_maquinas_mecanica_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1135/requerimento_08-2025_tamara_oficinas_ama.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1136/requerimento_09-2025_daniel_suposta_multa_loteamento_miotto.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1140/requerimento_10-2025_daniel_semente_de_milho.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_11-2025_lorivan_situacao_do_servidor_altair_garcia.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1178/requerimento_12-2025_daniel_programa_terra_forte.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1188/requerimento_13-2025_lorivan_relacao_dos_selecionados_casas_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1141/req._licenca_ver._daniel_zagotto_agosto_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_01.2025_-_lorivan_cazarotto_-_remodelacao_avenida_do_comercio..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_02.2025_-_lorivan_cazarotto_-_incentivos_aos_produtores_de_leite..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_03.2025_-_lorivan_cazarotto_-_25_de_aumento_para_servidores..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_04.2025_-_daniel_zagotto_-_pontilhao_linha_mindu..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_05.2025_-_daniel_zagotto_-_programa_recuperacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_06.2025_-_daniel_zagotto_-_incentivo_a_citricultura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_07.2025_-_tamara_bancadas_pp_e_pt_-_estudo_viabilidade_acesso_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_08.2025_-_tamara_-_repasse_de_recursos_para_a_aspa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_09.2025_-_ideno_-_reconstrucao_de_bueiro_e_melhorias_em_estrada_na_linha_bom_retiro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_10.2025_-_ideno_-_decreto_de_estado_de_emergencia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_11.2025_-_daniel_zagotto_-_perfuracao_de_um_poco_barra_seca..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_12.2025_-_lorivan_cazarotto_-_lixeiras_no_perimetro_urbano_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_13.2025_-_lorivan_cazarotto_-_capela_mortuaria_no_distrito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_14.2025_-_milton_biasus_-_servicos_de_maquinas_gratuito_aos_agricultores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_15.2025_-_ideno_-_carga_horaria_servidor_responsavel_por_deficiente.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1065/indicacao_16.2025_-_daniel_zagotto_-_incentivo_produtores_de_leite.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_17.2025_-_milton_biasus_-_remodelacao_da_avenida.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_18.2025_-_milton_biasus_-_pracinha_no_bairro_florida.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1071/indicacao_19.2025_-_edelar_dallacort_-_calcamento_tres_municipios.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_20.2025_-_edelar_dallacort_-_calcamento_pinhalzinho_de_cima.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1073/indicacao_21.2025_-_ideno_sperandio_-_emprestimo_do_caminhao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1074/indicacao_22.2025_-_terezinha_fochezatto_-_calcamento_ate_a_torre_e_na_comunidade_da_linha_dinoca.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1075/indicacao_23.2025_-_valdecir_mangon_-_abertura_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1076/indicacao_24.2025_-_valdecir_mangon_-_ponte_acesso_linha_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_25.2025_-_valdecir_mangoni-_ponte_linha_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_26.2025_-_terezinha_fochezatto_-_campo_de_futebol_linha_dinoca.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_27.2025_-_ideno_sperandio_-_geracao_de_emprego.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_28.2025_-_milton_biasus_-_aquisicao_de_caminhao_tanque_para_dar_destino_aos_dejetos_de_suinos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_29.2025_-_edelar_dallacort_-_barragem_de_contencao_do_rio_marcolino.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_30.2025_-_terezinha_fochezatto_-_cobertura_de_grama_do_parquinho_da_escola_tome_de_souza.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_31.2025_-_tamara_scorteganha_-_placas_indicativas_das_comunidades.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_32.2025_-_ideno_sperandio_-_incentivos_fiscais_aviarios.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_33.2025_-_milton_biasus_-_aquisicao_de_maquina_motorizada_para_limpeza_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_34.2025_-_ideno_sperandio_-_reforma_ponte_rio_do_mel.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_35.2025_-_lorivan_cazarotto_-_meio-fio_e_calcamento_distrito_pinhalzinho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_36.2025_-_daniel_zagotto_-_bueiro_distrito_de_pinhalzinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_37.2025_-_daniel_zagotto_-_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_38.2025_-_lorivan_cazarotto_-_resonstrucao_da_ponte_provisoria_linha_tres_municipios.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_39.2025_-_ideno_sperandio_-calcamento_em_rua_proximo_ao_salao_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_40.2025_-_ideno_sperandio_-_redutor_de_velocidades_na_rua_duque_de_caxias_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_41_.2025_-_daniel_zagotto_-_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_42.2025_-_edelar_dallacort_-_desassoreamento_rio_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_43.2025_-_edelar_dallacort_-__projeto_salao_social_igreja_evangelica.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_44.2025_-_tamara_scorteganha_-_calcamento_habitar_brasil.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_45.2025_-_lorivan_cazarotto_-_regularizacao_dos_terrenos_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_46.2025_-_lorivan_cazarotto_-_ampliacao_do_perimetro_urbano_do__distrito.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_47.2025_-_lorivan_cazarotto_-_lombadas_elevadas_distriro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_48_.2025_-_daniel_zagotto_-_reforma_ginasio_ricieri_de_carli.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1167/indicacao_49_.2025_-_daniel_zagotto_-_melhorias_acesso_cemiterio_linha_vitoria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_50.2025_-_milton_biasus_-_calcamento_rua_zeferino_casagrande.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1171/indicacao_51.2025_-_milton_biasus_-_rua_ermogenes_basegio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1175/indicacao_52.2025_-_valdecir_mangoni-_ponte_linha_peixe_baixo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1176/indicacao_53.2025_-_milton_biasus_-_pavimentacao_asfaltica_bairro_florida.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1177/indicacao_54.2025_-_daniel_zagotto_-_50_custo_silagem_contratada.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1179/indicacao_55.2025_-_ideno_sperandio_-_redutor_de_velocidades_na_rua_santo_antonio_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_56.2025_-_lorivan_cazarotto_-_lombada_na_linha_barra_azul.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_57.2025_-_tamara_scorteganha_-_construcao_de_uma_pracinha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_58.2025_-_tamara_scorteganha_-_bebedouro_publico_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_59.2025_-_edelar_dallacort_-__poco_aquifero_guarani.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1199/indicacao_60.2025_-_edelar_dallacort_-__destinacao_dos_recursos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1200/indicacao_61.2025_-_daniel_zagotto_-_retroescavadeira_patrulha_agricola.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1114/mocao_no_01.2025_repudio_a_falta_de_atendimento_diario_na_agencia_do_correios.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1128/mocao_no_02.2025_mocao_de_aplausos_em_reconhecimento_a_igreja_assembeia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1064/projeto_de_decreto_legislativo_n_o_01-25_-_marcio_anzilieiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_decreto_legislativo_no_02.2025_aprovando_contas_exercicio_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_lei_legislativo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1093/projeto_de_lei_02-2025_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_legislativo_no_03-2025_alteracao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_legislativo_no_04-2025_cria_e_extingue_cargo_cc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1037/projeto_de_lei_001-2025_-_piso_salarial_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_lei_002-2025_-_autoriza_a_custear_despesas_com_a_contratacao_pelo_cimau_para_realizacao_de_evtea_para_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_lei_003-2025_-_contratacoes_emergenciais_naab_e_nasf.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_lei_004-2025_-_contratacoes_emergenciais_-_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_lei_005-2025_-_contratacoes_emergenciais_-_saude_2.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1042/projeto_de_lei_006-2025_-_contratacoes_emergenciais_-_obras_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1043/projeto_de_lei_007-2025_-_contratacoes_emergenciais_-_agricultura_2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei_008-2025_-_contratacoes_emergenciais_-_adminnistracao_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_lei_009-2025_-_contratacoes_emergenciais_-_fazenda_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1046/projeto_de_lei_010-2025_-_contratacoes_emergenciais_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_011-2025_-_convenio_hospital_sao_jose_-_rodeio_bonito.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_012-2025_-_permuta_de_servidores_com_novo_xingu.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1061/projeto_de_lei_013-2025_-_consorcio_comunors.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1062/projeto_de_lei_014-2025_-_permuta_de_servidores_com_constantina.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1063/projeto_de_lei_015-2025_-_altera_classe_c_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1067/projeto_de_lei_016-2025_-_contratacoes_emergenciais_-_educacao_atualizado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_017-2025_-_contratacoes_emergenciais_-_educacao_professores.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_lei_018-2025_-_altera_artigo_2o_lei_3700-2021_-_repasse_ahclisa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_lei_019-2025_-_reposicao_salarial_e_aumento_real_quadro_geral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_lei_020-2025_-_reposicao_salarial_e_aumento_real_magisterio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_021-2025_-_concessao_de_uso_-_galpao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_022-2025_-_altera_lei_2130-2003.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1090/projeto_de_lei_023-2025_-_contratacoes_emergenciais_-_saude.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_de_lei_024-2025_-_contratacoes_emergenciais_-_obras.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1092/projeto_de_lei_025-2025_-_contratacoes_emergenciais_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1102/projeto_de_lei_026-2025_-_altera_lei_2773-2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1103/projeto_de_lei_027-2025_-_incentivo_a_bovinocultura_de_leite.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1107/projeto_de_lei_028-2025_-_sistema_municipal_de_cultura_conselho_e_fundo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_029-2025_-_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1109/projeto_de_lei_030-2025_-_concessao_de_uso_alefin_junior_fochezatto.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1110/projeto_de_lei_031-2025_-_leilao_veiculos_e_outros_bens_diversos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1111/projeto_de_lei_032-2025_-_repasse_condesc-brigada_militar_-_aquisicao_de_cameras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1112/projeto_de_lei_033-2025_-_campanha_sua_nota_vale_premios.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_lei_034-2025_-_contratacoes_emergenciais_-_acs_saude.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_lei_035-2025_-_ppa_2026-2029_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1123/projeto_de_lei_036-2025_-_contratacoes_emergenciais_-_professores.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_lei_037-2025_-_contratacoes_emergenciais_-_obras.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_lei_038-2025_-_contratacoes_emergenciais_-_vigias_educacao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1126/projeto_de_lei_039-2025_-_contratacoes_emergenciais_-_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1127/projeto_de_lei_040-2025_-_contratacoes_emergenciais_-_obras_-_pedreiro_e_operario.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1133/projeto_de_lei_041-2025_-_ldo_2026_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1137/projeto_de_lei_042-2025_-_contratacoes_emergenciais_-_professores_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1138/projeto_de_lei_043-2025_-_contratacoes_emergenciais_-_obras_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1142/projeto_de_lei_044-2025_-_aumento_de_pradrao_de_servidores_efetivos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1143/projeto_de_lei_045-2025_-_aumento_repasse_hospital_santo_antonio_tenente_portela.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1144/projeto_de_lei_046-2025_-_altera_lei_cimau.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1145/projeto_de_lei_047-2025_-_concessao_de_uso_-_terreno.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1146/projeto_de_lei_048-2025_-_contratacoes_emergenciais_-_professor_geografia.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1147/projeto_de_lei_049-2025_-_contratacoes_emergenciais_-_professor_geografia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1148/projeto_de_lei_050-2025_-_transporte_de_mercadorias.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1149/projeto_de_lei_051-2025_-_altera_lei_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_de_lei_052-2025_-_aumento_de_pradrao_de_servidores_efetivos_apos_reuniao_com_sindicato.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_053-2025_-_contratacoes_emergenciais_-_professor_historia.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1157/projeto_de_lei_054-2025_-_programa_de_sucessao_rural.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1158/projeto_de_lei_055-2025_-_altera_lei_visitador_do_pim.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1159/projeto_de_lei_056-2025_-_cria_cargo_em_comissao_de_subsecretario_da_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1162/projeto_de_lei_057-2025_-_altera_lei_artigo_11_lei_2048_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1163/projeto_de_lei_058-2025_-_subvencao_consepro-patram.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_059-2025_-_concessao_de_uso_-_salas_predio_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_060-2025_-_programa_de_prevencao_ao_greening.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1169/projeto_de_lei_061-2025_-_doacao_de_imoveis_ao_far.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_062-2025_-_altera_valor_salario_lei_visitador_do_pim_emprego_publico.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_lei_064-2025_-_fundo_de_protecao_e_bem-estar_animal.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1180/projeto_de_lei_065-2025_-_perimetro_urbano_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1181/projeto_de_lei_066-2025_-_altera_pradrao_de_vencimentos_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1182/projeto_de_lei_067-2025_-_contratacoes_emergenciais.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1183/projeto_de_lei_068-2025_-_auxilio_cerro_grande_despesas_estudo_ambiental_ponte.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1184/projeto_de_lei_069-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1189/projeto_de_lei_070-2025_-_permuta_terrenos_loteamento_miotto.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_de_lei_071-2025_-_fundo_municipal_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_072-2025_-_altera_valor_de_diarias_de_viagem.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1193/projeto_de_lei_073-2025_-_altera_vencimentos_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_074-2025_-_altera_vencimentos_empregados_do_paif.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1195/projeto_de_lei_075-2025_-_contratacoes_emergenciais_analista_de_licitacoes_e_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1196/projeto_de_lei_076-2025_-_altera_lei_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1197/projeto_de_lei_077-2025_-_incentivo_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1198/projeto_de_lei_078-2025_-_programa_gestar_com_cuidado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_01-2025_tamara_scorteganha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_02-2025_lorivan_documentacao_dos_onibus.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1099/requerimento_03-2025_lorivan_gasto_com_bombas_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1100/requerimento_04-2025_lorivan_horimetro_maquinas_terceirizadas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1104/requerimento_05-2025_daniel_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_06-2025_tamara_consorcio_cimau.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1129/requerimento_07-2025_lorivan_relatorio_de_despesas_com_consertos_de_maquinas_mecanica_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1135/requerimento_08-2025_tamara_oficinas_ama.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1136/requerimento_09-2025_daniel_suposta_multa_loteamento_miotto.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1140/requerimento_10-2025_daniel_semente_de_milho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_11-2025_lorivan_situacao_do_servidor_altair_garcia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1178/requerimento_12-2025_daniel_programa_terra_forte.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1188/requerimento_13-2025_lorivan_relacao_dos_selecionados_casas_.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1141/req._licenca_ver._daniel_zagotto_agosto_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H150"/>
+  <dimension ref="A1:H162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="211.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3617,2406 +3766,2718 @@
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>39</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>249</v>
       </c>
       <c r="H59" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>251</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>10</v>
+        <v>252</v>
       </c>
       <c r="D60" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>90</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" s="1" t="s">
+      <c r="H60" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>255</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>256</v>
       </c>
-      <c r="B61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>252</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>253</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>90</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H61" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>259</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>10</v>
+        <v>260</v>
       </c>
       <c r="D62" t="s">
-        <v>260</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>261</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>26</v>
       </c>
       <c r="G62" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H62" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>263</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" t="s">
         <v>264</v>
       </c>
-      <c r="B63" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E63" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H63" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D64" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="E64" t="s">
+        <v>265</v>
+      </c>
+      <c r="F64" t="s">
+        <v>90</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>271</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" t="s">
         <v>272</v>
       </c>
-      <c r="B65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E65" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="F65" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H65" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D66" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E66" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="F66" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H66" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="E67" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="F67" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="H67" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>284</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" t="s">
+        <v>280</v>
+      </c>
+      <c r="E68" t="s">
         <v>281</v>
       </c>
-      <c r="B68" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F68" t="s">
-        <v>284</v>
+        <v>90</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>285</v>
       </c>
       <c r="H68" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>287</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D69" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="E69" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F69" t="s">
-        <v>284</v>
+        <v>26</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>288</v>
       </c>
       <c r="H69" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>290</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D70" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="E70" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F70" t="s">
-        <v>284</v>
+        <v>90</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>291</v>
       </c>
       <c r="H70" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>293</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E71" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F71" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="H71" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D72" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E72" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F72" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="H72" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D73" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E73" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F73" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="H73" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="D74" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E74" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F74" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="H74" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="D75" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E75" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F75" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="H75" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="D76" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E76" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F76" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H76" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="D77" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E77" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F77" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="H77" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="D78" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E78" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F78" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="H78" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="D79" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E79" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F79" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="H79" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="D80" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E80" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F80" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="H80" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="D81" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E81" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F81" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="H81" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="D82" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E82" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F82" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="H82" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="D83" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E83" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F83" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="H83" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="D84" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E84" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F84" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="H84" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="D85" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E85" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F85" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="H85" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="D86" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E86" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F86" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="H86" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="D87" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E87" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F87" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="H87" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D88" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E88" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F88" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H88" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="D89" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E89" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F89" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H89" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="D90" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E90" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F90" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="H90" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="D91" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E91" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F91" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="H91" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="D92" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E92" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F92" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="H92" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="D93" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E93" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F93" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="H93" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="D94" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E94" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F94" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="H94" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="D95" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E95" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F95" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="H95" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="D96" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E96" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F96" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="H96" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="D97" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E97" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F97" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="H97" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="D98" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E98" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F98" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H98" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="D99" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E99" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F99" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="H99" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="D100" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E100" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F100" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H100" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="D101" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E101" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F101" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="H101" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="D102" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E102" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F102" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H102" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="D103" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E103" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F103" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H103" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="D104" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E104" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F104" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="H104" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="D105" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E105" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F105" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="H105" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="D106" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E106" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F106" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="H106" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="D107" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E107" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F107" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="H107" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="D108" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E108" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F108" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="H108" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="D109" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E109" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F109" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="H109" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="D110" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E110" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F110" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="H110" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>192</v>
+        <v>180</v>
       </c>
       <c r="D111" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E111" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F111" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="H111" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="D112" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E112" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F112" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="H112" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="D113" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E113" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F113" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="H113" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="D114" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E114" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F114" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="H114" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="D115" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E115" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F115" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="H115" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="D116" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E116" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F116" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H116" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="D117" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E117" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F117" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="H117" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
       <c r="D118" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E118" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F118" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="H118" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="D119" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E119" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F119" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="H119" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="D120" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E120" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F120" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="H120" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="D121" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E121" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F121" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="H121" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="D122" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E122" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F122" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="H122" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="D123" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E123" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F123" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="H123" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="D124" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E124" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F124" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="H124" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>248</v>
+        <v>236</v>
       </c>
       <c r="D125" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E125" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F125" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="H125" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>459</v>
+        <v>240</v>
       </c>
       <c r="D126" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E126" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F126" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="H126" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>463</v>
+        <v>244</v>
       </c>
       <c r="D127" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E127" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F127" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H127" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>467</v>
+        <v>248</v>
       </c>
       <c r="D128" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="E128" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="F128" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>468</v>
       </c>
       <c r="H128" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>470</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
+        <v>252</v>
+      </c>
+      <c r="D129" t="s">
+        <v>294</v>
+      </c>
+      <c r="E129" t="s">
+        <v>295</v>
+      </c>
+      <c r="F129" t="s">
+        <v>296</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="D129" t="s">
-[...8 lines deleted...]
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>473</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>256</v>
+      </c>
+      <c r="D130" t="s">
+        <v>294</v>
+      </c>
+      <c r="E130" t="s">
+        <v>295</v>
+      </c>
+      <c r="F130" t="s">
+        <v>296</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B130" t="s">
-[...2 lines deleted...]
-      <c r="C130" t="s">
+      <c r="H130" t="s">
         <v>475</v>
-      </c>
-[...13 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>476</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>260</v>
+      </c>
+      <c r="D131" t="s">
+        <v>294</v>
+      </c>
+      <c r="E131" t="s">
+        <v>295</v>
+      </c>
+      <c r="F131" t="s">
+        <v>296</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H131" t="s">
         <v>478</v>
-      </c>
-[...19 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>479</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>480</v>
+      </c>
+      <c r="D132" t="s">
+        <v>294</v>
+      </c>
+      <c r="E132" t="s">
+        <v>295</v>
+      </c>
+      <c r="F132" t="s">
+        <v>296</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H132" t="s">
         <v>482</v>
-      </c>
-[...19 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>483</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>484</v>
+      </c>
+      <c r="D133" t="s">
+        <v>294</v>
+      </c>
+      <c r="E133" t="s">
+        <v>295</v>
+      </c>
+      <c r="F133" t="s">
+        <v>296</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H133" t="s">
         <v>486</v>
-      </c>
-[...19 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>487</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>488</v>
+      </c>
+      <c r="D134" t="s">
+        <v>294</v>
+      </c>
+      <c r="E134" t="s">
+        <v>295</v>
+      </c>
+      <c r="F134" t="s">
+        <v>296</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H134" t="s">
         <v>490</v>
-      </c>
-[...19 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>491</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>492</v>
+      </c>
+      <c r="D135" t="s">
+        <v>294</v>
+      </c>
+      <c r="E135" t="s">
+        <v>295</v>
+      </c>
+      <c r="F135" t="s">
+        <v>296</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H135" t="s">
         <v>494</v>
-      </c>
-[...19 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>495</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>496</v>
+      </c>
+      <c r="D136" t="s">
+        <v>294</v>
+      </c>
+      <c r="E136" t="s">
+        <v>295</v>
+      </c>
+      <c r="F136" t="s">
+        <v>296</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H136" t="s">
         <v>498</v>
-      </c>
-[...19 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>499</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>500</v>
+      </c>
+      <c r="D137" t="s">
+        <v>294</v>
+      </c>
+      <c r="E137" t="s">
+        <v>295</v>
+      </c>
+      <c r="F137" t="s">
+        <v>296</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H137" t="s">
         <v>502</v>
-      </c>
-[...19 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>17</v>
+        <v>504</v>
       </c>
       <c r="D138" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E138" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>296</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="H138" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>507</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>508</v>
+      </c>
+      <c r="D139" t="s">
+        <v>294</v>
+      </c>
+      <c r="E139" t="s">
+        <v>295</v>
+      </c>
+      <c r="F139" t="s">
+        <v>296</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H139" t="s">
         <v>510</v>
-      </c>
-[...19 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>511</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>512</v>
+      </c>
+      <c r="D140" t="s">
+        <v>294</v>
+      </c>
+      <c r="E140" t="s">
+        <v>295</v>
+      </c>
+      <c r="F140" t="s">
+        <v>296</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="B140" t="s">
-[...14 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>515</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
         <v>516</v>
       </c>
-      <c r="B141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D141" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E141" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F141" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>517</v>
       </c>
       <c r="H141" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>519</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>34</v>
+        <v>520</v>
       </c>
       <c r="D142" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E142" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F142" t="s">
-        <v>39</v>
+        <v>296</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="H142" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>38</v>
+        <v>524</v>
       </c>
       <c r="D143" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E143" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>296</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="H143" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>43</v>
+        <v>528</v>
       </c>
       <c r="D144" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E144" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F144" t="s">
-        <v>39</v>
+        <v>296</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="H144" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>47</v>
+        <v>532</v>
       </c>
       <c r="D145" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E145" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F145" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="H145" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>52</v>
+        <v>536</v>
       </c>
       <c r="D146" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E146" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F146" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="H146" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>56</v>
+        <v>540</v>
       </c>
       <c r="D147" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E147" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F147" t="s">
-        <v>13</v>
+        <v>296</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="H147" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>60</v>
+        <v>544</v>
       </c>
       <c r="D148" t="s">
-        <v>503</v>
+        <v>294</v>
       </c>
       <c r="E148" t="s">
-        <v>504</v>
+        <v>295</v>
       </c>
       <c r="F148" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="H148" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="D149" t="s">
-        <v>503</v>
+        <v>548</v>
       </c>
       <c r="E149" t="s">
-        <v>504</v>
+        <v>549</v>
       </c>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="H149" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
+        <v>17</v>
+      </c>
+      <c r="D150" t="s">
+        <v>548</v>
+      </c>
+      <c r="E150" t="s">
+        <v>549</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H150" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>555</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151" t="s">
+        <v>548</v>
+      </c>
+      <c r="E151" t="s">
+        <v>549</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H151" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>558</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>25</v>
+      </c>
+      <c r="D152" t="s">
+        <v>548</v>
+      </c>
+      <c r="E152" t="s">
+        <v>549</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H152" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>561</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>30</v>
+      </c>
+      <c r="D153" t="s">
+        <v>548</v>
+      </c>
+      <c r="E153" t="s">
+        <v>549</v>
+      </c>
+      <c r="F153" t="s">
+        <v>26</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H153" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>564</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>34</v>
+      </c>
+      <c r="D154" t="s">
+        <v>548</v>
+      </c>
+      <c r="E154" t="s">
+        <v>549</v>
+      </c>
+      <c r="F154" t="s">
+        <v>39</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H154" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>567</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>38</v>
+      </c>
+      <c r="D155" t="s">
+        <v>548</v>
+      </c>
+      <c r="E155" t="s">
+        <v>549</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H155" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>570</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>43</v>
+      </c>
+      <c r="D156" t="s">
+        <v>548</v>
+      </c>
+      <c r="E156" t="s">
+        <v>549</v>
+      </c>
+      <c r="F156" t="s">
+        <v>39</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H156" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>573</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>47</v>
+      </c>
+      <c r="D157" t="s">
+        <v>548</v>
+      </c>
+      <c r="E157" t="s">
+        <v>549</v>
+      </c>
+      <c r="F157" t="s">
+        <v>26</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H157" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>576</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>52</v>
+      </c>
+      <c r="D158" t="s">
+        <v>548</v>
+      </c>
+      <c r="E158" t="s">
+        <v>549</v>
+      </c>
+      <c r="F158" t="s">
+        <v>26</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H158" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>579</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>56</v>
+      </c>
+      <c r="D159" t="s">
+        <v>548</v>
+      </c>
+      <c r="E159" t="s">
+        <v>549</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H159" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>582</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>60</v>
+      </c>
+      <c r="D160" t="s">
+        <v>548</v>
+      </c>
+      <c r="E160" t="s">
+        <v>549</v>
+      </c>
+      <c r="F160" t="s">
+        <v>26</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H160" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>585</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>64</v>
+      </c>
+      <c r="D161" t="s">
+        <v>548</v>
+      </c>
+      <c r="E161" t="s">
+        <v>549</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H161" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>588</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
         <v>10</v>
       </c>
-      <c r="D150" t="s">
-[...5 lines deleted...]
-      <c r="F150" t="s">
+      <c r="D162" t="s">
+        <v>589</v>
+      </c>
+      <c r="E162" t="s">
+        <v>590</v>
+      </c>
+      <c r="F162" t="s">
         <v>26</v>
       </c>
-      <c r="G150" s="1" t="s">
-[...3 lines deleted...]
-        <v>547</v>
+      <c r="G162" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H162" t="s">
+        <v>592</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6126,50 +6587,62 @@
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>