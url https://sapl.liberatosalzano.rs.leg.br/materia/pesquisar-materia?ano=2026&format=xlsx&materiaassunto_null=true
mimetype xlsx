--- v0 (2026-01-16)
+++ v1 (2026-03-03)
@@ -10,138 +10,358 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="99">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Milton Biasus</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1208/indicacao_01.2026_-_milton_biasus_-_homenagem_pe._irio.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 01/2026 Indicando uma homenagem ao Pe. Irio Martins da Silva pela passagem dos 23 anos de sacerdócio e 20 anos a frente da Paróquia São Sebastião.</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1209/indicacao_02.2026-_milton_biasus_-_calcamento_segmento_joao_m._pizzi.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 2/2026 Indicando o calçamento no seguimento da Rua João Marino Pizzi.</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Lorivan Cazarotto</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1210/indicacao_03.2026_-_lorivan_cazarotto_-_dificil_acesso_professores.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 3/2026 Indicando a concessão de difícil acesso ou o transporte ajustado ao horário de trabalho dos professores pra deslocamentos fora da sede.</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1211/indicacao_04.2026-_milton_biasus_-_pagamento_retroativo_de_vantagens_suspensas_no_periodo_da_covid.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 04/2026 Indicando que o Poder Executivo encaminhe Projeto de Lei regulamentando o pagamento retroativo de vantagens pessoais e a contagem de tempo de serviço, aos Servidores Públicos Municipais, referente ao período em que essas vantagens ficaram suspensas, no decorrer da pandemia da COVID-19.</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Edelar Dallacort</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1212/indicacao_05.2026-_edelar_dallacort_-_ponto_de_luz_cemiterio_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 05/2026 Indicando ao Poder Executivo Municipal a instalação de ponto de energia elétrica nos cemitérios das comunidades do Distrito de Pinhalzinho, Pinhalzinho Alto e Três Municípios.</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Daniel Zagotto</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1218/indicacao_06.2025_-_daniel_zagotto_-_iluminacao_publica.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 06/2026 Indicando a instalação de iluminação pública próximo a propriedade de Gildomar Geraldo.</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Ideno José Sperandio</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1213/mocao_no_01.2026_em_apoio_ao_pl_412.2025_que_dispoe_sobre_a_proibicao_de_reidratacao_de_leite_em_po_importado_no_rs_mesmes_.pdf</t>
+  </si>
+  <si>
+    <t>Moção 01/2026 MOÇÃO DE APOIO AO PROJETO DE LEI Nº 412/2025, QUE PROÍBE A RECONSTITUIÇÃO DE LEITE EM PÓ DE ORIGEM IMPORTADA, PARA VENDA COMO LEITE FLUIDO NO ESTADO DO RIO GRANDE DO SUL.</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1219/projeto_de_lei_01-2026_-_aumento_real.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE AUMENTO REAL SOBRE OS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1221/projeto_legislativo_no_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo 02/2025 DISPÕE SOBRE A CONCESSÃO DE ADICIONAL DE INSALUBRIDADE À SERVIDORA DO PODER LEGISLATIVO MUNICIPAL OCUPANTE DO CARGO DE SERVENTE, REVOGA A LEI MUNICIPAL N. 3.464/2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>1201</t>
-  </si>
-[...4 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1201/projeto_de_lei_001-2026_-_permuta_de_servidores_com_novo_xingu.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 01, de 02 de janeiro 2026_x000D_
 AUTORIZA O MUNICÍPIO DE LIBERATO SALZANO A REALIZAR CONVÊNIO COM O MUNICÍPIO DE NOVO XINGU, PARA A REALIZAÇÃO DE PERMUTA DE SERVIDOR MUNICIPAL DO QUADRO DE CARGOS DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1202/projeto_de_lei_002-2026_-_contratacoes_emergenciais_educacao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 02, de 02 de janeiro 2026_x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR CONTRATAÇÕES TEMPORÁRIAS POR EXCEPCIONAL INTERESSE PÚBLICO, ATRAVÉS DE PROCESSO SELETIVO SIMPLIFICADO, PARA SUPRIR DEMANDA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1203/projeto_de_lei_003-2026_-_altera_lei_agentes_combate_a_endemias.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 03, de 12 de janeiro 2026_x000D_
 ESTABELECE O VENCIMENTO SALARIAL DOS AGENTES DE COMBATE ÀS ENDEMIAS DO MUNICÍPIO DE LIBERATO SALZANO NOS TERMOS DO ARTIGO 198 DA CONSTITUIÇÃO FEDERAL E ALTERA A LEI MUNICIPAL Nº 2.885, DE 22 DE FEVEREIRO DE 2010 QUE CRIA EMPREGOS PÚBLICOS DE AGENTE DE COMBATE ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1204/projeto_de_lei_004-2026_-_contratacoes_temporarias_saude_-_emulti.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo Municipal nº 04, de 12 de janeiro 2026_x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR CONTRATAÇÕES TEMPORÁRIAS, PARA ATENDER O PROGRAMA DE SAÚDE DE EQUIPE MULTIPROFISSIONAIS NA ATENÇÃO PRIMÁRIA À SAÚDE – EMULTI INSTITUÍDO PELA PORTARIA GM/MS Nº 635/2023, MEDIANTE PROCESSO SELETIVO SIMPLIFICADO.</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1205/projeto_de_lei_005-2026_-_auxilio_moradia_programa_mais_medicos.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 05, de 30 de janeiro 2026_x000D_
+AUTORIZA O MUNICÍPIO DE LIBERATO SALZANO A CONCEDER AUXÍLIO MORADIA PECUNIÁRIO AO MÉDICO BOLSISTA DO PROGRAMA MAIS MÉDICOS PARA O BRASIL ATUANTE EM LIBERATO SALZANO, PROGRAMA INSTITUÍDO PELA LEI FEDERAL Nº 12.871, DE 22 DE OUTUBRO DE 2013 E REGULAMENTADO CONFORME PORTARIA Nº 30, DE 12 DE FEVEREIRO DE 2014 E PORTARIA INTERMINISTERIAL Nº 1.369/MS/MEC, DE 8 DE JULHO DE 2013.</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1206/projeto_de_lei_006-2026_-_altera_para_dois_empregos_de_agente_de_combate_a_endemias.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 06, de 30 de janeiro 2026_x000D_
+ALTERA A QUANTIDADE DE EMPREGOS PÚBLICOS DE AGENTE DE COMBATE ÀS ENDEMIAS CRIADO PELA LEI MUNICIPAL Nº 2.885, DE 22 DE FEVEREIRO DE 2010 E ALTERADA PELA LEI MUNICIPAL Nº 3.967 DE 19 DE JANEIRO 2026.</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1207/projeto_de_lei_007-2026_-_cedencia_de_estagiarios_para_o_forum_de_constantina.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 07, de 30 de janeiro 2026_x000D_
+AUTORIZA O MUNICÍPIO A FIRMAR CONVÊNIO DE COOPERAÇÃO TÉCNICA COM O PODER JUDICIÁRIO DO RIO GRANDE DO SUL – COMARCA DE CONSTANTINA, PARA CEDÊNCIA DE ESTAGIARIOS ESTUDANTES DO CURSO DE DIREITO.</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1214/projeto_de_lei_008-2026_-_reposicao_salarial_e_aumento_real_quadro_geral_e_magisterio.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 08, de 10 de fevereiro 2026_x000D_
+AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO GERAL ANUAL E AUMENTO REAL SOBRE OS VENCIMENTOS DOS SERVIDORES DO MAGISTÉRIO, DOS SERVIDORES EFETIVOS, CELETISTAS E COMISSIONADOS DO QUADRO GERAL DO PODER EXECUTIVO MUNICIPAL, INCLUINDO-SE OS CONTRATOS TEMPORÁRIOS, OS PROVENTOS DOS APOSENTADOS E PENSIONISTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1215/projeto_de_lei_009-2026_-_reposicao_salarial_agentes_politicos.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 09, de 10 de fevereiro 2026_x000D_
+AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO GERAL ANUAL SOBRE OS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO, VEREADORES E SECRETÁRIOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1216/projeto_de_lei_010-2026_-_reposicao_salarial_e_aumento_real_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 10, de 10 de fevereiro 2026_x000D_
+AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO GERAL ANUAL SOBRE OS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO.</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1220/projeto_de_lei_011-2026_-_contratacoes_emergenciais_educacao_monitor_e_educador_fisico.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 11, de 18 de fevereiro 2026_x000D_
+AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR CONTRATAÇÕES TEMPORÁRIAS POR EXCEPCIONAL INTERESSE PÚBLICO, ATRAVÉS DE PROCESSO SELETIVO SIMPLIFICADO, PARA SUPRIR DEMANDA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>RQINF</t>
+  </si>
+  <si>
+    <t>Requerimento de Informação</t>
+  </si>
+  <si>
+    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1217/requerimento_01-2026_edelar_relacao_de_transferencias_de_servidores_publicos.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Informação 01/2026 Requerendo a relação completa de todas as transferências de servidores públicos vinculados à Secretaria Municipal de Educação, ocorridas nos meses de janeiro e fevereiro de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -445,67 +665,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1201/projeto_de_lei_001-2026_-_permuta_de_servidores_com_novo_xingu.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1202/projeto_de_lei_002-2026_-_contratacoes_emergenciais_educacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1203/projeto_de_lei_003-2026_-_altera_lei_agentes_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1204/projeto_de_lei_004-2026_-_contratacoes_temporarias_saude_-_emulti.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1208/indicacao_01.2026_-_milton_biasus_-_homenagem_pe._irio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1209/indicacao_02.2026-_milton_biasus_-_calcamento_segmento_joao_m._pizzi.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1210/indicacao_03.2026_-_lorivan_cazarotto_-_dificil_acesso_professores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1211/indicacao_04.2026-_milton_biasus_-_pagamento_retroativo_de_vantagens_suspensas_no_periodo_da_covid.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1212/indicacao_05.2026-_edelar_dallacort_-_ponto_de_luz_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1218/indicacao_06.2025_-_daniel_zagotto_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1213/mocao_no_01.2026_em_apoio_ao_pl_412.2025_que_dispoe_sobre_a_proibicao_de_reidratacao_de_leite_em_po_importado_no_rs_mesmes_.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1219/projeto_de_lei_01-2026_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1221/projeto_legislativo_no_02-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1201/projeto_de_lei_001-2026_-_permuta_de_servidores_com_novo_xingu.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1202/projeto_de_lei_002-2026_-_contratacoes_emergenciais_educacao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1203/projeto_de_lei_003-2026_-_altera_lei_agentes_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1204/projeto_de_lei_004-2026_-_contratacoes_temporarias_saude_-_emulti.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1205/projeto_de_lei_005-2026_-_auxilio_moradia_programa_mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1206/projeto_de_lei_006-2026_-_altera_para_dois_empregos_de_agente_de_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1207/projeto_de_lei_007-2026_-_cedencia_de_estagiarios_para_o_forum_de_constantina.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1214/projeto_de_lei_008-2026_-_reposicao_salarial_e_aumento_real_quadro_geral_e_magisterio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1215/projeto_de_lei_009-2026_-_reposicao_salarial_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1216/projeto_de_lei_010-2026_-_reposicao_salarial_e_aumento_real_legislativo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1220/projeto_de_lei_011-2026_-_contratacoes_emergenciais_educacao_monitor_e_educador_fisico.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2026/1217/requerimento_01-2026_edelar_relacao_de_transferencias_de_servidores_publicos.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -560,91 +780,550 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>36</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" t="s">
+        <v>56</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>26</v>
       </c>
-      <c r="H5" t="s">
-        <v>27</v>
+      <c r="D14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>55</v>
+      </c>
+      <c r="F16" t="s">
+        <v>56</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>54</v>
+      </c>
+      <c r="E17" t="s">
+        <v>55</v>
+      </c>
+      <c r="F17" t="s">
+        <v>56</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" t="s">
+        <v>55</v>
+      </c>
+      <c r="F18" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>54</v>
+      </c>
+      <c r="E19" t="s">
+        <v>55</v>
+      </c>
+      <c r="F19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E20" t="s">
+        <v>55</v>
+      </c>
+      <c r="F20" t="s">
+        <v>56</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H20" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" t="s">
+        <v>54</v>
+      </c>
+      <c r="E21" t="s">
+        <v>55</v>
+      </c>
+      <c r="F21" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" t="s">
+        <v>31</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>