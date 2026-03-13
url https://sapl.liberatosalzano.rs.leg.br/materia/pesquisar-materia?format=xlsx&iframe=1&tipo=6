--- v0 (2026-01-16)
+++ v1 (2026-03-13)
@@ -54,238 +54,238 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Daniel Zagotto</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1064/projeto_de_decreto_legislativo_n_o_01-25_-_marcio_anzilieiro.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1064/projeto_de_decreto_legislativo_n_o_01-25_-_marcio_anzilieiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSTAÇÃO DO ATO DE NOTIFICAÇÃO DE RESCISÃO CONTRATUAL UNILATERAL E ORDEM DE DESOCUPAÇÃO CONTRATO DE CESSÃO DE USO 039/2023, PROMOVIDO PELO PODER EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Lorivan Cazarotto</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_decreto_legislativo_no_02.2025_aprovando_contas_exercicio_2025.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_decreto_legislativo_no_02.2025_aprovando_contas_exercicio_2025.pdf</t>
   </si>
   <si>
     <t>“APROVA AS CONTAS ANUAIS DOS ADMINISTRADORES DO MUNICÍPIO DE LIBERATO SALZANO – RS, RELATIVAS AO EXERCÍCIO DE 2022, PROCESSO Nº 000539-02.00/22-1”</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>WANERLEY SCORTEGANHA</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_decreto_legislativo_aprovando_as_contas_de_governo_exercicio_2020.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_decreto_legislativo_aprovando_as_contas_de_governo_exercicio_2020.pdf</t>
   </si>
   <si>
     <t>“APROVA AS CONTAS DE GOVERNO DO ADMINISTRADOR DO MUNICÍPIO DE LIBERATO SALZANO – RS, RELATIVAS AO EXERCÍCIO DE 2020, PROCESSO Nº 000625-02.00/20-0”</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_decreto_legislativo_aprovando_as_contas_anuais_exercicio_2021.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_decreto_legislativo_aprovando_as_contas_anuais_exercicio_2021.pdf</t>
   </si>
   <si>
     <t>“APROVA AS CONTAS ANUAIS DA ADMINISTRADORA DO MUNICÍPIO DE LIBERATO SALZANO – RS, RELATIVAS AO EXERCÍCIO DE 2021, PROCESSO Nº 000897-02.00/21-3”</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Djonas Zandoná</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2022/864/projeto_de_decreto_legislativo_aprovando_as_contas_de_governo_exercicio_2019.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2022/864/projeto_de_decreto_legislativo_aprovando_as_contas_de_governo_exercicio_2019.pdf</t>
   </si>
   <si>
     <t>“APROVA AS CONTAS DE GOVERNO DOS ADMINISTRADORES DO MUNICÍPIO DE LIBERATO SALZANO – RS, RELATIVAS AO EXERCÍCIO DE 2019, PROCESSO Nº 003664-02.00/19-3.”</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_decreto_legislativo_aprovando_as_contas_exercicio_2018.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_decreto_legislativo_aprovando_as_contas_exercicio_2018.pdf</t>
   </si>
   <si>
     <t>“APROVA AS CONTAS DE GOVERNO DOS ADMINISTRADORES DO MUNICÍPIO DE LIBERATO SALZANO – RS, RELATIVAS AO EXERCÍCIO DE 2018, PROCESSO Nº 001226-0200/18-6.”</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>ANTONIO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2019/595/projeto_de_decreto_legislativo_aprovando_as_cont_fuOPExd.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2019/595/projeto_de_decreto_legislativo_aprovando_as_cont_fuOPExd.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 01/2019 “APROVA AS CONTAS DE GOVERNO DO SENHOR PREFEITO MUNICIPAL DO MUNICÍPIO DE LIBERATO SALZANO – RS, RELATIVAS AO EXERCÍCIO DE 2017 PROCESSO  Nº 004344-0200/17-6 QUE RECEBEU PARECER FAVORÁVEL Nº 20.071 DO TRIBUNAL DE CONTAS DO ESTADO DO RIO GRANDE DO SUL.”</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2018/471/471_texto_integral.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2018/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;APROVA AS CONTAS DE GOVERNO DO SENHOR PREFEITO MUNICIPAL DO MUNICÍPIO DE LIBERATO SALZANO _x0008_</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>PDL 02/2018 APROVA AS CONTAS DE GOVERNO EXERCÍCIO 2016</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DE GOVERNO DO SENHOR PREFEITO MUNICIPAL DO MUNICÍPIO DE LIBERATO SALZANO &amp;#8211; RS</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>ANTONIO PEDRO GUADAGNIN</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>PDL - APROVA AS CONTAS DO MUNICÍPIO DE LIBERATO SALZANO, EXERCÍCIO 2009.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>VALDIR ANTONIO ZOTTIS</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO 02/2015 APROVA AS CONTAS DO _x000D_
 MUNICÍPIO RELATIVAS AO EXERCÍCIO DE 2012</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MARIA FRANZON</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO 03/2015 APROVANDO AS CONTAS DO MUNICÍPIO EXERCÍCIO DE 2010</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DARCI CUCHI</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DE GOVERNO EXERCÍCIO 2013</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Adilio Jacó Pastorio</t>
   </si>
   <si>
-    <t>https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.pdf</t>
+    <t>http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE DECRETRO 01/2014 APROVANDO AS CONTAS DA ADMINISTRAÇÃO MUNICIPAL, EXERCÍCIO DE 2011. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -592,67 +592,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1064/projeto_de_decreto_legislativo_n_o_01-25_-_marcio_anzilieiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_decreto_legislativo_no_02.2025_aprovando_contas_exercicio_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_decreto_legislativo_aprovando_as_contas_de_governo_exercicio_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_decreto_legislativo_aprovando_as_contas_anuais_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2022/864/projeto_de_decreto_legislativo_aprovando_as_contas_de_governo_exercicio_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_decreto_legislativo_aprovando_as_contas_exercicio_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2019/595/projeto_de_decreto_legislativo_aprovando_as_cont_fuOPExd.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2018/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1064/projeto_de_decreto_legislativo_n_o_01-25_-_marcio_anzilieiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_decreto_legislativo_no_02.2025_aprovando_contas_exercicio_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_decreto_legislativo_aprovando_as_contas_de_governo_exercicio_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_decreto_legislativo_aprovando_as_contas_anuais_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2022/864/projeto_de_decreto_legislativo_aprovando_as_contas_de_governo_exercicio_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_decreto_legislativo_aprovando_as_contas_exercicio_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/sapl/public/materialegislativa/2019/595/projeto_de_decreto_legislativo_aprovando_as_cont_fuOPExd.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2018/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.liberatosalzano.rs.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>